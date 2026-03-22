--- v0 (2025-10-12)
+++ v1 (2026-03-22)
@@ -54,63 +54,63 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo municipal</t>
   </si>
   <si>
-    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/pl402024.pdf</t>
+    <t>http://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/pl402024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do adicional de reponsabilidade técnica e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/pl472024.pdf</t>
+    <t>http://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/pl472024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGA PARA O CARGO DE FONOAUDIÓLOGA E AUTORIZA A ABERTURA DE PROCESSO SELETIVO SIMPLIFICADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,67 +417,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/pl402024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/pl472024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/pl402024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/pl472024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="84.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="83.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="193.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>