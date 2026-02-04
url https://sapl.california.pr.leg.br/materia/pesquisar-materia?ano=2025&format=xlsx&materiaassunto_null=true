--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1496" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1664" uniqueCount="767">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1291,50 +1291,135 @@
     <t>SUGERINDO  que o senhor prefeito em conjunto com a Secretaria da Educação e Secretaria de Obras, verifique a possibilidade de fornecer transporte escolar para estudantes que residem em uma chácara localizada na divisa de Califórnia com Marilandia do Sul.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>SUGERINDO  que o senhor Prefeito, por meio do órgão competente, providencie a execução de obras de drenagem das águas pluviais nas imediações do Santuário Nossa Senhora Aparecida, tendo em vista que o local possui uma rampa de acesso e um mirante que atualmente não contam com sistema de drenagem adequado.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Anderson</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao1012025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja avaliada a possibilidade de encaminhar ao Poder Legislativo projeto de emenda à Lei Orgânica do Município, com o objetivo de alterar o percentual mínimo de cargos em comissão (CC) e funções de confiança (FC) a serem ocupados por servidores efetivos de carreira, reduzindo-o dos atuais 50% (cinquenta por cento) para 15% (quinze por cento).</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao1022025.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO ao Poder Executivo o funcionamento de alguns dos CMEIs em tempo integral durante o período de férias escolares. Visto que embora o período de férias seja importante para o descanso das crianças e servidores da educação, ele também representa um desafio para muitas famílias, especialmente para as mães que exercem atividades laborais fora de casa e não dispõem de rede de apoio familiar.</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao1032025.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO ao Poder Executivo contratação urgente de profissional de fonoaudiologia para atendimento na rede pública de saúde, com o objetivo de agilizar o atendimento de pacientes com dificuldades de comunicação, audição, deglutição, entre outras.</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao1042025.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO que o senhor prefeito envie a esta Casa de Leis, projeto de lei concedendo abono salarial natalino, em parcela única, a todos os servidores públicos do Município de Califórnia e que este benefício seja estendido aos funcionários de contrato temporário, estagiários e conselheiros tutelares, como uma forma de reconhecimento e valorização do trabalho prestado. Acompanhando assim a iniciativa da Mesa Diretora da Câmara que apresentou Projeto de Lei concedendo abono Natalino aos Servidores da Câmara do Município de Califórnia, na importância de R$1.500,00 (mil e quinhentos reais).</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_1052025ronaldo.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO que o Poder Executivo busque soluções imediatas junto a diretoria da Sanepar, solicitando que a empresa preste um serviço adequado e contínuo a população, com atendimento ao público diariamente no escritório instalado em nosso município, considerando que a falta de atendimento está prejudicando todos os moradores quando necessitam de atendimento.</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_1062025ronaldo.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO que o Poder Executivo realize, com a máxima urgência, a implantação de novas galerias de tubos para escoamento da água pluvial na estrada que liga ao sítio do senhor Getúlio Voltarelli, especialmente no trecho próximo à chácara do senhor Diego Bernardo.</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao1072025.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO   ao Poder Executivo a revitalização dos estacionamentos da Avenida Getúlio Vargas. Que seja realizado estudo da viabilidade técnica para implantação de estacionamento em 45 graus e a retirada do canteiro central._x000D_
+ A implantação do estacionamento em 45 graus facilitaria a criação de mais vagas para veículos, otimizando o espaço disponível e contribuindo para a fluidez do trânsito local. Além disso, o formato de estacionamento sugerido facilita as manobras de entrada e saída dos veículos, em comparação com as modalidades paralelas hoje existentes.</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao1082025.pdf</t>
+  </si>
+  <si>
+    <t>SUGERINDO que o senhor prefeito contrate empresa de engenharia, com o objetivo de auxiliar na fiscalização das obras públicas em andamento e em projetos necessários para liberação de recursos que já foram conquistados, mas que podem ser perdidos, caso o município não cumpra os prazos. Esta contratação servirá para suprir deficiência nesta área, visto que o município não possui engenheiros suficientes em seu quadro funcional.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/mocao_022025.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO”, de Congratulação e Reconhecimento aos Policiais Militares: Soldado Monica de Souza e Cabo Luciano de Oliveira Martins, pela atuação durante incêndio.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
@@ -1835,105 +1920,165 @@
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/pl742025.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/pl752025.pdf</t>
   </si>
   <si>
     <t>Acrescenta ao Perímetro Urbano, os imóveis: - Lote de Terras nº 144/A - Parcela 01, com 29.380,00 m² e Lote de Terras nº 144/A - Parcela 02, com 217,00 m², situados na Gleba Barra Nova, Município de Califórnia.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/pl762025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei de nº 1.832/2020, que institui o Programa de Auxílio - Alimentação aos Servidores Ativos Estatutários e Celetistas, Cargos em Provimento em Comissão, Contratados e Permutados no âmbito da Administração Direta do Município de Califórnia - Paraná.</t>
   </si>
   <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/pl802025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER A APAE – ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS, SUBVENÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl822025_neuci.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a instalar câmeras de segurança nos veículos destinados ao transporte escolar no Município de Califórnia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/pl842025.pdf</t>
+  </si>
+  <si>
+    <t>Súmula: DISCIPLINA A CONCESSÃO DE ABONO NATALINO AOS SERVIDORES ATIVOS (EFETIVOS E COMISSIONADOS) DA CÂMARA DO MUNICÍPIO DE CALIFÓRNIA.</t>
+  </si>
+  <si>
     <t>1381</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Projeto de Moção</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/pm012025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos profissionais que se dedicam diariamente nos cuidados da saúde da população, e que tiveram um desafio ainda maior durante o enfrentamento da Pandemia do Covid-19.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/pm022025.pdf</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_no_03_2.pdf</t>
   </si>
   <si>
     <t>EMENTA: “MOÇÃO DE CONGRATULAÇÕES” e aplausos aos servidores públicos municipais, pela sua atuação corajosa e profissional em situações de risco.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>Neuci, Rafael</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_mocao_no_04.pdf</t>
   </si>
   <si>
     <t>EMENTA: “MOÇÃO DE APOIO” - à Educação especial, sobretudo às APAES e “MANIFESTAÇÃO DE REPÚDIO” à Ação Direta de Inconstitucionalidade (ADI) n° 7796.</t>
   </si>
   <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/projetodemocao_052025.pdf</t>
+  </si>
+  <si>
+    <t>“MOÇÃO DE APLAUSOS” –  e manifestação de homenagem ao senhor ROSANO PIRES, coveiro municipal e todos trabalhadores, diretos e indiretos, do cemitério Municipal de Califórnia.</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/projetomocao_062025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Moção de Aplausos ao senhor ORLANDO BRAMÉ -  CAFEICULTOR de nosso município, por sua destacada participação no Concurso Café Paraná.</t>
+  </si>
+  <si>
     <t>1546</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/resolucao_no_01_de_2025.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Processante - CP, destinada a investigar supostas irregularidades e apurar responsabilidades quanto à nomeação e ocupação de cargos em comissão e funções de confiança (CC e FC) no âmbito da Administração Pública Municipal.</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>SÚMULA: Dispõe sobre a instauração de Comissão Parlamentar de Inquérito - CPI, com a finalidade de investigar e apurar possíveis irregularidades administrativas relacionadas à transferência da Secretaria Municipal de Esportes para o imóvel da Biblioteca Cidadã Mauro Pazini, localizada no centro do Município.</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_resolucao_n._03.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Comissão Processante pela prática de infra-ção político-administrativa pelo Excelentíssimo Pre-feito, Senhor Paulo Sérgio Chileide, nos termos do artigo 62 do Regimento Interno da Câmara e em conformidade com o Decreto-Lei nº 201/1967.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1341/requerimento_012025_maycon.pdf</t>
   </si>
   <si>
     <t>Maycon Alessandro Landigraff, Vereador com regular assento nesta Casa de Leis, vem respeitosamente à presença de Vossa Excelência REQUERER, que após ouvido o plenário, seja oficiado o Executivo Municipal para que, através do setor competente, providencie a  abertura de Sindicância e Processo Administrativo Disciplinar (PAD), com o objetivo  de investigar irregularidades da Secretaria de Obras do Município de Califórnia, da gestão anterior, no que refere aos serviços de máquinas, ônibus e furtos de pneus.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_022025_maycon.pdf</t>
   </si>
   <si>
     <t>REQUERER, que após ouvido o plenário, seja oficiado o Executivo Municipal para que, providencie junto ao setor competente providencias em relação a Lei nº 2101/2024 que:“Autoriza o Poder Executivo Municipal a Cessão  de Servidor Público Municipal com o Poder Público Municipal, Estadual ou Federal e dá outras providências.”, se possível sua revogação imediata.</t>
   </si>
@@ -2159,50 +2304,114 @@
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/requerimento_252025_neto.pdf</t>
   </si>
   <si>
     <t>Requer, nos termos do art. 21 da Lei Orgânica do Município de Califórnia, conjugado com o art. 63 e seus parágrafos do Regimento Interno, a criação de Comissão Parlamentar de Inquérito, com a finalidade de investigar supostas irregularidades e apurar responsabilidades pela retirada da Praça José Alves Vicente, constituindo destruição de patrimônio público, corte de duas árvores da espécie Ipê-amarelo e destruição completa da praça, situadas na Rua Mirian Marçal, centro</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>Anderson, Maycon, Neuci, Rafael, Vlademiro</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/requerimento_262025_neto.pdf</t>
   </si>
   <si>
     <t>Requer informações e justificativas do Poder Executivo Municipal acerca de intervenções realizadas em bens públicos municipais.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_272025_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem vêm, através do presente requerimento, requerer, nos termos do art. 21 da Lei Orgânica do Município de Califórnia, conjugado com o art. 63 e seus parágrafos do Regimento Interno, a criação de Comissão Processante (CP) com a finalidade de investigar supostas irregularidades e apurar responsabilidades quanto à nomeação e ocupação de cargos em comissão e funções de confiança (CC e FC) no âmbito da Administração Pública Municipal.</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>Carlos Eduardo, Neto Domingues, Ronaldo Martins</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_282025_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que este subscreve vêm, através do presente requerimento, requerer, nos termos do art. 21 da Lei Orgânica do Município de Califórnia, conjugado com o art. 62 do Regimento Interno da Câmara Municipal, requerem a constituição de Comissão Parlamentar de Inquérito (CPI) com a finalidade de investigar e apurar possíveis irregularidades administrativas relacionadas à transferência da Secretaria Municipal de Esportes para o imóvel da Biblioteca Cidadã Mauro Pazini, localizada no centro do Município.</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>Maycon Alessandro Landigraff, Vereador com regular assento nesta Casa de Leis, vem respeitosamente à presença de Vossa Excelência REQUERER, que após ouvido o plenário, seja oficiado o Executivo Municipal para que, através do setor competente, providencie a abertura de Sindicância e Processo Administrativo Disciplinar (PAD), com o objetivo de apurar a conduta dos servidores públicos que o agrediu após a sessão da Câmara do último dia 20/10/2025.</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_302025_maycon.pdf</t>
+  </si>
+  <si>
+    <t>Denúncia por Infração PolíticoAdministrativa. Impedir o funcionamento regular da Câmara._x000D_
+Pratica de atos contra a Lei Orgânica Municipal. Necessária Apuração de Prática de Infração Político-Administrativa Apenada com Perda do Mandato.</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>REQUERER, que após ouvido o plenário, seja oficiado o Executivo Municipal para que o feriado de aniversário da cidade de Califórnia seja mantido em sua data original, valorizando a importância histórica e cultural desta data para a população. Cumprindo assim a Lei Municipal nº 383/1984 e Lei Estadual nº 253 de 26/11/1954.</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>REQUERER, que após ouvido o plenário, seja oficiado o Executivo Municipal para que providencie a contratação de profissional de fonoaudiologia para atendimento na rede pública de saúde, atendendo as necessidades dos cidadãos, que atualmente estão carentes deste atendimento.</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_332025.pdf</t>
+  </si>
+  <si>
+    <t>Requerem a criação de Comissão Parlamentar de Inquérito (CPI), para apuração de fato determinado, conforme descrição abaixo.</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/requerimento_342025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER, que após ouvido o plenário, seja oficiado o senhor prefeito, para que através da Secretaria Municipal de Assistência Social, encaminhe a esta Casa de Leis um relatório contendo as informações:_x000D_
+•	O número exato de cestas básicas adquiridas e distribuídas neste ano (2025)._x000D_
+•	Se o município faz a aquisição de cestas básicas, recebe cestas básicas enviadas pelo Estado, ou ambos.   _x000D_
+•	Os critérios de seleção das famílias beneficiadas._x000D_
+•	A lista dos beneficiários, respeitando as leis de proteção de dados, mas garantindo a transparência. _x000D_
+•	Se existe cadastro para distribuição aos moradores, assim como se existe prestação de contas._x000D_
+•	Se as quantidades de cestas são suficientes para as famílias em vulnerabilidade social ou não.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>PAJRE</t>
   </si>
   <si>
     <t>Parecer da Comissão de Justiça, Redação e Éticca</t>
   </si>
   <si>
     <t>CJRE - Comissão de JUSTIÇA, REDAÇÃO E ÉTICA</t>
   </si>
   <si>
     <t>https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1317/parecerjr_pl012025.pdf</t>
   </si>
   <si>
     <t>A Comissão de Justiça, Redação e Ética, por seu Relator, procedeu a analise quanto ao aspecto constitucional, legal, gramatical e lógico do Projeto de lei n° 01/2025 e recomenda sua aprovação, cabendo ao plenário a decisão final. _x000D_
 _x000D_
 E o Parecer._x000D_
 _x000D_
 Sala das sessões, 02 de janeiro de 2025.</t>
   </si>
   <si>
     <t>1318</t>
@@ -2547,56 +2756,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao082025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao092025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao102025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao112025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao122025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao132025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao142025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao152025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n._16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n._17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_22_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao232025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao242025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao252025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao262025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao272025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_n._28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_n._29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_30_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_n._38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao392025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_n._40.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_n.41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_n._42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_n._43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_n._44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_n._45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n._46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_n._47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_n._48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n._50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n._51.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_n._52.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n._53.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n._54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n._55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n._56_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/ind._no_57.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_n._60.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/ind._no_61.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/ind._no_62.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/ind._no_63.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_66_2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_no_68.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_69_2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_n._70.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n._71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n._72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n._73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_n._74.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_no_79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_802025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao892025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_93.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao942025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao952025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_97_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao1012025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/mocao_022025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/documento.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/oficio_no_92.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1319/portaria_012025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/portaria_10_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_decreto_legislativo_n._01.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_complementar_n._01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/plc032025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/plc042025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/plc052025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/plc062025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1347/pl092025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/pl112025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/pl142025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_n._18.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/pl192025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/pl212025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_n._24.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/projeto_de_lei_n._25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/projeto_de_lei_n._26..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/pl272025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_no_28.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/pl322025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/pl382025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/pl402025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_no_41.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl422025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/pl462025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/pl472025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/pl492025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/pl502025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl512025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/pl522025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/pl532025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/pl542025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/pl552025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/pl562025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/pl572025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/pl582025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/pl592025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/pl602025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/pl652025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/pl662025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/pl672025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/pl702025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/pl712025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl722025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl732025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/pl742025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/pl752025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/pl762025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/pm012025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/pm022025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_no_03_2.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_mocao_no_04.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/resolucao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1341/requerimento_012025_maycon.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_022025_maycon.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1345/requerimento_032025_maycon.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_042025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_052025_neto.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/requerimento_062025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_072025_neto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_082025_vlade.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/requeriimento_09.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/requerimento_no_10.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento_no_11.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/req._no_12.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_n._13.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_n._14.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_n._17.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_n._18.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/requerimento_n.19.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n._22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento_23_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/requerimento_252025_neto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/requerimento_262025_neto.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_272025_vereadores.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1317/parecerjr_pl012025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1318/parecerfo_pl012025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao082025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao092025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao102025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao112025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao122025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao132025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao142025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao152025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n._16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n._17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_22_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao232025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao242025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao252025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao262025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao272025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_n._28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_n._29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_30_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/indicacao_n._38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao392025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_n._40.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_n.41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_n._42.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_n._43.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_n._44.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_n._45.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n._46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_n._47.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_n._48.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_49.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n._50.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n._51.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_n._52.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n._53.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n._54.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n._55.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n._56_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/ind._no_57.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_n._60.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/ind._no_61.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/ind._no_62.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/ind._no_63.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_65.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_no_66_2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_no_68.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_69_2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_n._70.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n._71.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n._72.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n._73.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_n._74.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_no_79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_802025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_no_82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_no_83.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_no_85.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_no_87.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao892025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_90.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_91.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_92.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_93.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao942025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao952025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_96.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_97_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_99.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao1012025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao1022025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao1032025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao1042025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_1052025ronaldo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_1062025ronaldo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao1072025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao1082025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/mocao_022025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/documento.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/oficio_no_92.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1319/portaria_012025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/portaria_10_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_decreto_legislativo_n._01.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_complementar_n._01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/plc032025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/plc042025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/plc052025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/plc062025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1347/pl092025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/pl112025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/pl142025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_n._18.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/pl192025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/pl212025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_n._24.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/projeto_de_lei_n._25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/projeto_de_lei_n._26..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/pl272025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/projeto_de_lei_no_28.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/pl322025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/pl382025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/pl402025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/projeto_de_lei_no_41.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl422025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/pl462025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/pl472025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/pl492025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/pl502025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl512025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/pl522025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/pl532025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/pl542025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/pl552025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/pl562025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/pl572025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/pl582025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/pl592025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/pl602025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/pl652025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/pl662025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/pl672025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/pl702025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/pl712025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl722025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl732025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/pl742025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/pl752025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/pl762025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/pl802025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl822025_neuci.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/pl842025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/pm012025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/pm022025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_no_03_2.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/projeto_de_mocao_no_04.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/projetodemocao_052025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/projetomocao_062025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/resolucao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/projeto_de_resolucao_n._03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1341/requerimento_012025_maycon.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_022025_maycon.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1345/requerimento_032025_maycon.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_042025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_052025_neto.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/requerimento_062025_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_072025_neto.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_082025_vlade.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/requeriimento_09.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/requerimento_no_10.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento_no_11.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/req._no_12.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/requerimento_n._13.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/requerimento_n._14.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_15.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/requerimento_no_16.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_n._17.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_n._18.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/requerimento_n.19.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n._22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/requerimento_23_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/requerimento_252025_neto.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/requerimento_262025_neto.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/requerimento_272025_vereadores.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_282025_vereadores.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/requerimento_302025_maycon.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_332025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/requerimento_342025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1317/parecerjr_pl012025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.california.pr.leg.br/media/sapl/public/materialegislativa/2025/1318/parecerfo_pl012025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H187"/>
+  <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="117.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5175,2302 +5384,2848 @@
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
         <v>405</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H100" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>408</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>17</v>
+        <v>409</v>
       </c>
       <c r="D101" t="s">
-        <v>409</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>25</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" s="1" t="s">
+      <c r="H101" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>412</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>413</v>
       </c>
-      <c r="B102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>25</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="E102" t="s">
+      <c r="H102" t="s">
         <v>415</v>
-      </c>
-[...7 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>416</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>417</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>25</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H103" t="s">
         <v>419</v>
-      </c>
-[...19 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>420</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>421</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B104" t="s">
-[...5 lines deleted...]
-      <c r="D104" t="s">
+      <c r="H104" t="s">
         <v>423</v>
-      </c>
-[...10 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>424</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>425</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>37</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H105" t="s">
         <v>427</v>
-      </c>
-[...19 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>428</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>429</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>132</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B106" t="s">
-[...5 lines deleted...]
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>431</v>
-      </c>
-[...10 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>432</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>433</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>32</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H107" t="s">
         <v>435</v>
-      </c>
-[...19 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>436</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" t="s">
+        <v>437</v>
+      </c>
+      <c r="E108" t="s">
         <v>438</v>
       </c>
-      <c r="B108" t="s">
-[...5 lines deleted...]
-      <c r="D108" t="s">
+      <c r="F108" t="s">
+        <v>37</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="E108" t="s">
+      <c r="H108" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>441</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>442</v>
+      </c>
+      <c r="E109" t="s">
+        <v>443</v>
+      </c>
+      <c r="F109" t="s">
         <v>444</v>
-      </c>
-[...13 lines deleted...]
-        <v>441</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>445</v>
       </c>
       <c r="H109" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>447</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>24</v>
+        <v>369</v>
       </c>
       <c r="D110" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E110" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="F110" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H110" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>450</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="E111" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="F111" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H111" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>454</v>
+        <v>41</v>
       </c>
       <c r="D112" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="E112" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="F112" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="H112" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D113" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E113" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F113" t="s">
-        <v>441</v>
+        <v>75</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H113" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D114" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E114" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F114" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>463</v>
+        <v>14</v>
       </c>
       <c r="H114" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E115" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="F115" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H115" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>472</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" t="s">
+        <v>467</v>
+      </c>
+      <c r="E116" t="s">
         <v>468</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F116" t="s">
         <v>469</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H116" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="D117" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E117" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="F117" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H117" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="D118" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E118" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>469</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="H118" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>87</v>
+        <v>482</v>
       </c>
       <c r="D119" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E119" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="F119" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="H119" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="D120" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E120" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F120" t="s">
-        <v>37</v>
+        <v>469</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="H120" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="D121" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E121" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F121" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="H121" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>493</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>57</v>
+      </c>
+      <c r="D122" t="s">
+        <v>486</v>
+      </c>
+      <c r="E122" t="s">
         <v>487</v>
       </c>
-      <c r="B122" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F122" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="H122" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D123" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E123" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F123" t="s">
-        <v>441</v>
+        <v>497</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="H123" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>111</v>
+        <v>79</v>
       </c>
       <c r="D124" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E124" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F124" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="H124" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="D125" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E125" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F125" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="H125" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
       <c r="D126" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E126" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F126" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="H126" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>150</v>
+        <v>95</v>
       </c>
       <c r="D127" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E127" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F127" t="s">
-        <v>441</v>
+        <v>37</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="H127" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>159</v>
+        <v>99</v>
       </c>
       <c r="D128" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E128" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F128" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="H128" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>163</v>
+        <v>103</v>
       </c>
       <c r="D129" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E129" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F129" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="H129" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>167</v>
+        <v>107</v>
       </c>
       <c r="D130" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E130" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F130" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="H130" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>184</v>
+        <v>111</v>
       </c>
       <c r="D131" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E131" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F131" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="H131" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="D132" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E132" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F132" t="s">
-        <v>441</v>
+        <v>25</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="H132" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="D133" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E133" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F133" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="H133" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="D134" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E134" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F134" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="H134" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>205</v>
+        <v>159</v>
       </c>
       <c r="D135" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E135" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F135" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>527</v>
+        <v>534</v>
       </c>
       <c r="H135" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>209</v>
+        <v>163</v>
       </c>
       <c r="D136" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E136" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F136" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="H136" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>213</v>
+        <v>167</v>
       </c>
       <c r="D137" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E137" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F137" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="H137" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>217</v>
+        <v>184</v>
       </c>
       <c r="D138" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E138" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F138" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="H138" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>221</v>
+        <v>188</v>
       </c>
       <c r="D139" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E139" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F139" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="H139" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>225</v>
+        <v>196</v>
       </c>
       <c r="D140" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E140" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F140" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="H140" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="D141" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E141" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F141" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="H141" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>233</v>
+        <v>205</v>
       </c>
       <c r="D142" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E142" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F142" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="H142" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>237</v>
+        <v>209</v>
       </c>
       <c r="D143" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E143" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F143" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="H143" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>553</v>
+        <v>560</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>241</v>
+        <v>213</v>
       </c>
       <c r="D144" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E144" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F144" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="H144" t="s">
-        <v>555</v>
+        <v>562</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>556</v>
+        <v>563</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>262</v>
+        <v>217</v>
       </c>
       <c r="D145" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E145" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F145" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="H145" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>266</v>
+        <v>221</v>
       </c>
       <c r="D146" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E146" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F146" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="H146" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>270</v>
+        <v>225</v>
       </c>
       <c r="D147" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E147" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F147" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="H147" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>282</v>
+        <v>229</v>
       </c>
       <c r="D148" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E148" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F148" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="H148" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>286</v>
+        <v>233</v>
       </c>
       <c r="D149" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E149" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F149" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="H149" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>290</v>
+        <v>237</v>
       </c>
       <c r="D150" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E150" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F150" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="H150" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>294</v>
+        <v>241</v>
       </c>
       <c r="D151" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E151" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F151" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="H151" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>298</v>
+        <v>262</v>
       </c>
       <c r="D152" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E152" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F152" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="H152" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>302</v>
+        <v>266</v>
       </c>
       <c r="D153" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E153" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F153" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="H153" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>306</v>
+        <v>270</v>
       </c>
       <c r="D154" t="s">
-        <v>458</v>
+        <v>486</v>
       </c>
       <c r="E154" t="s">
-        <v>459</v>
+        <v>487</v>
       </c>
       <c r="F154" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="H154" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>282</v>
       </c>
       <c r="D155" t="s">
-        <v>586</v>
+        <v>486</v>
       </c>
       <c r="E155" t="s">
-        <v>587</v>
+        <v>487</v>
       </c>
       <c r="F155" t="s">
-        <v>66</v>
+        <v>469</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="H155" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="D156" t="s">
-        <v>586</v>
+        <v>486</v>
       </c>
       <c r="E156" t="s">
-        <v>587</v>
+        <v>487</v>
       </c>
       <c r="F156" t="s">
-        <v>37</v>
+        <v>469</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="H156" t="s">
-        <v>412</v>
+        <v>598</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>21</v>
+        <v>290</v>
       </c>
       <c r="D157" t="s">
-        <v>586</v>
+        <v>486</v>
       </c>
       <c r="E157" t="s">
-        <v>587</v>
+        <v>487</v>
       </c>
       <c r="F157" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="H157" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>24</v>
+        <v>294</v>
       </c>
       <c r="D158" t="s">
-        <v>586</v>
+        <v>486</v>
       </c>
       <c r="E158" t="s">
-        <v>587</v>
+        <v>487</v>
       </c>
       <c r="F158" t="s">
-        <v>596</v>
+        <v>469</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="H158" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>10</v>
+        <v>298</v>
       </c>
       <c r="D159" t="s">
-        <v>600</v>
+        <v>486</v>
       </c>
       <c r="E159" t="s">
-        <v>601</v>
+        <v>487</v>
       </c>
       <c r="F159" t="s">
         <v>469</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H159" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>10</v>
+        <v>302</v>
       </c>
       <c r="D160" t="s">
-        <v>605</v>
+        <v>486</v>
       </c>
       <c r="E160" t="s">
-        <v>606</v>
+        <v>487</v>
       </c>
       <c r="F160" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H160" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="D161" t="s">
-        <v>605</v>
+        <v>486</v>
       </c>
       <c r="E161" t="s">
-        <v>606</v>
+        <v>487</v>
       </c>
       <c r="F161" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H161" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>21</v>
+        <v>322</v>
       </c>
       <c r="D162" t="s">
-        <v>605</v>
+        <v>486</v>
       </c>
       <c r="E162" t="s">
-        <v>606</v>
+        <v>487</v>
       </c>
       <c r="F162" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H162" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="D163" t="s">
-        <v>605</v>
+        <v>486</v>
       </c>
       <c r="E163" t="s">
-        <v>606</v>
+        <v>487</v>
       </c>
       <c r="F163" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H163" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>28</v>
+        <v>338</v>
       </c>
       <c r="D164" t="s">
-        <v>605</v>
+        <v>486</v>
       </c>
       <c r="E164" t="s">
-        <v>606</v>
+        <v>487</v>
       </c>
       <c r="F164" t="s">
-        <v>25</v>
+        <v>497</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H164" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>454</v>
+        <v>10</v>
       </c>
       <c r="D165" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="E165" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="F165" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H165" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>627</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" t="s">
+        <v>623</v>
+      </c>
+      <c r="E166" t="s">
         <v>624</v>
       </c>
-      <c r="B166" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F166" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="H166" t="s">
-        <v>627</v>
+        <v>440</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D167" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="E167" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="F167" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H167" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D168" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="E168" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="F168" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H168" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D169" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="E169" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="F169" t="s">
-        <v>132</v>
+        <v>18</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H169" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>45</v>
+        <v>482</v>
       </c>
       <c r="D170" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
       <c r="E170" t="s">
-        <v>606</v>
+        <v>624</v>
       </c>
       <c r="F170" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H170" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D171" t="s">
-        <v>605</v>
+        <v>643</v>
       </c>
       <c r="E171" t="s">
-        <v>606</v>
+        <v>644</v>
       </c>
       <c r="F171" t="s">
-        <v>37</v>
+        <v>497</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="H171" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>647</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" t="s">
+        <v>643</v>
+      </c>
+      <c r="E172" t="s">
         <v>644</v>
       </c>
-      <c r="B172" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F172" t="s">
-        <v>645</v>
+        <v>497</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>646</v>
+        <v>14</v>
       </c>
       <c r="H172" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="D173" t="s">
-        <v>605</v>
+        <v>643</v>
       </c>
       <c r="E173" t="s">
-        <v>606</v>
+        <v>644</v>
       </c>
       <c r="F173" t="s">
-        <v>132</v>
+        <v>497</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H173" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D174" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E174" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F174" t="s">
-        <v>66</v>
+        <v>132</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="H174" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>657</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" t="s">
+        <v>653</v>
+      </c>
+      <c r="E175" t="s">
         <v>654</v>
       </c>
-      <c r="B175" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F175" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="H175" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="D176" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E176" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F176" t="s">
-        <v>18</v>
+        <v>132</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="H176" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="D177" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E177" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F177" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="H177" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="D178" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E178" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F178" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="H178" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>83</v>
+        <v>482</v>
       </c>
       <c r="D179" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E179" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F179" t="s">
         <v>37</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>14</v>
+        <v>670</v>
       </c>
       <c r="H179" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>91</v>
+        <v>673</v>
       </c>
       <c r="D180" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E180" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F180" t="s">
-        <v>669</v>
+        <v>25</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="H180" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="D181" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E181" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F181" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="H181" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="D182" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E182" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F182" t="s">
-        <v>132</v>
+        <v>680</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="H182" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="D183" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E183" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F183" t="s">
-        <v>679</v>
+        <v>132</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="H183" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="D184" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E184" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F184" t="s">
-        <v>683</v>
+        <v>37</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H184" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
       <c r="D185" t="s">
-        <v>605</v>
+        <v>653</v>
       </c>
       <c r="E185" t="s">
-        <v>606</v>
+        <v>654</v>
       </c>
       <c r="F185" t="s">
-        <v>132</v>
+        <v>37</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="H185" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D186" t="s">
-        <v>690</v>
+        <v>653</v>
       </c>
       <c r="E186" t="s">
-        <v>691</v>
+        <v>654</v>
       </c>
       <c r="F186" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H186" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
+        <v>57</v>
+      </c>
+      <c r="D187" t="s">
+        <v>653</v>
+      </c>
+      <c r="E187" t="s">
+        <v>654</v>
+      </c>
+      <c r="F187" t="s">
+        <v>132</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H187" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>699</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>61</v>
+      </c>
+      <c r="D188" t="s">
+        <v>653</v>
+      </c>
+      <c r="E188" t="s">
+        <v>654</v>
+      </c>
+      <c r="F188" t="s">
+        <v>66</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H188" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>702</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>65</v>
+      </c>
+      <c r="D189" t="s">
+        <v>653</v>
+      </c>
+      <c r="E189" t="s">
+        <v>654</v>
+      </c>
+      <c r="F189" t="s">
+        <v>25</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H189" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>705</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>70</v>
+      </c>
+      <c r="D190" t="s">
+        <v>653</v>
+      </c>
+      <c r="E190" t="s">
+        <v>654</v>
+      </c>
+      <c r="F190" t="s">
+        <v>18</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H190" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>708</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>74</v>
+      </c>
+      <c r="D191" t="s">
+        <v>653</v>
+      </c>
+      <c r="E191" t="s">
+        <v>654</v>
+      </c>
+      <c r="F191" t="s">
+        <v>75</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H191" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>711</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>79</v>
+      </c>
+      <c r="D192" t="s">
+        <v>653</v>
+      </c>
+      <c r="E192" t="s">
+        <v>654</v>
+      </c>
+      <c r="F192" t="s">
+        <v>37</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H192" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>714</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>83</v>
+      </c>
+      <c r="D193" t="s">
+        <v>653</v>
+      </c>
+      <c r="E193" t="s">
+        <v>654</v>
+      </c>
+      <c r="F193" t="s">
+        <v>37</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H193" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>716</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>91</v>
+      </c>
+      <c r="D194" t="s">
+        <v>653</v>
+      </c>
+      <c r="E194" t="s">
+        <v>654</v>
+      </c>
+      <c r="F194" t="s">
+        <v>717</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H194" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>720</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>95</v>
+      </c>
+      <c r="D195" t="s">
+        <v>653</v>
+      </c>
+      <c r="E195" t="s">
+        <v>654</v>
+      </c>
+      <c r="F195" t="s">
+        <v>25</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H195" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>723</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>99</v>
+      </c>
+      <c r="D196" t="s">
+        <v>653</v>
+      </c>
+      <c r="E196" t="s">
+        <v>654</v>
+      </c>
+      <c r="F196" t="s">
+        <v>132</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H196" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>726</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>103</v>
+      </c>
+      <c r="D197" t="s">
+        <v>653</v>
+      </c>
+      <c r="E197" t="s">
+        <v>654</v>
+      </c>
+      <c r="F197" t="s">
+        <v>727</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H197" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>730</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>107</v>
+      </c>
+      <c r="D198" t="s">
+        <v>653</v>
+      </c>
+      <c r="E198" t="s">
+        <v>654</v>
+      </c>
+      <c r="F198" t="s">
+        <v>731</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H198" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>734</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>111</v>
+      </c>
+      <c r="D199" t="s">
+        <v>653</v>
+      </c>
+      <c r="E199" t="s">
+        <v>654</v>
+      </c>
+      <c r="F199" t="s">
+        <v>132</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H199" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>737</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>115</v>
+      </c>
+      <c r="D200" t="s">
+        <v>653</v>
+      </c>
+      <c r="E200" t="s">
+        <v>654</v>
+      </c>
+      <c r="F200" t="s">
+        <v>738</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H200" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>741</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>119</v>
+      </c>
+      <c r="D201" t="s">
+        <v>653</v>
+      </c>
+      <c r="E201" t="s">
+        <v>654</v>
+      </c>
+      <c r="F201" t="s">
+        <v>132</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H201" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>743</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>123</v>
+      </c>
+      <c r="D202" t="s">
+        <v>653</v>
+      </c>
+      <c r="E202" t="s">
+        <v>654</v>
+      </c>
+      <c r="F202" t="s">
+        <v>132</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H202" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>746</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>127</v>
+      </c>
+      <c r="D203" t="s">
+        <v>653</v>
+      </c>
+      <c r="E203" t="s">
+        <v>654</v>
+      </c>
+      <c r="F203" t="s">
+        <v>25</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H203" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>748</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>131</v>
+      </c>
+      <c r="D204" t="s">
+        <v>653</v>
+      </c>
+      <c r="E204" t="s">
+        <v>654</v>
+      </c>
+      <c r="F204" t="s">
+        <v>18</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H204" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>750</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>135</v>
+      </c>
+      <c r="D205" t="s">
+        <v>653</v>
+      </c>
+      <c r="E205" t="s">
+        <v>654</v>
+      </c>
+      <c r="F205" t="s">
+        <v>132</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H205" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>753</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>138</v>
+      </c>
+      <c r="D206" t="s">
+        <v>653</v>
+      </c>
+      <c r="E206" t="s">
+        <v>654</v>
+      </c>
+      <c r="F206" t="s">
+        <v>132</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H206" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>756</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
         <v>10</v>
       </c>
-      <c r="D187" t="s">
-[...12 lines deleted...]
-        <v>699</v>
+      <c r="D207" t="s">
+        <v>757</v>
+      </c>
+      <c r="E207" t="s">
+        <v>758</v>
+      </c>
+      <c r="F207" t="s">
+        <v>759</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H207" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>762</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>10</v>
+      </c>
+      <c r="D208" t="s">
+        <v>763</v>
+      </c>
+      <c r="E208" t="s">
+        <v>764</v>
+      </c>
+      <c r="F208" t="s">
+        <v>464</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H208" t="s">
+        <v>766</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7617,50 +8372,71 @@
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>