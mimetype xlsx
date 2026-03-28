--- v0 (2025-10-14)
+++ v1 (2026-03-28)
@@ -36,51 +36,51 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 2 de 2025</t>
   </si>
   <si>
-    <t>CFO - Comissão de FINANÇAS E ORÇAMENTO</t>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre a apreciação do Parecer Prévio do Egrégio Tribunal de Contas do Estado do Paraná, referente às contas da Prefeitura do Município de Califórnia-PR, exercício financeiro de 2023 – Processo TCE-PR nº 215902/24.</t>
   </si>
   <si>
     <t>Matéria Legislativa inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 75 de 2025</t>
   </si>
   <si>
     <t>Ronaldo Martins</t>
   </si>
   <si>
     <t>SUGERINDO que o senhor prefeito aplique os valores arrecadados através do ISS, que serão pagos pelas concessionárias, assim que voltarem a funcionar os pedágios rodoviários, para regularizar os reajustes atrasados dos Professores. Esta receita entra no orçamento como recurso livre e o senhor prefeito pode usar da maneira que lhe prouver, portanto nada mais justo que já elabore um planejamento para aplicar em favor dos professores. _x000D_
  A educação é um direito fundamental e deve ser priorizada no orçamento municipal, garantindo o acesso à escola, a qualidade do ensino e a valorização do corpo docente. Valorizar nossos profissionais e reconhecer seu papel essencial na formação de uma cidade melhor. Tenho certeza que esta atitude vai incentivar muito os nossos profissionais.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Indicação nº 76 de 2025</t>
@@ -418,51 +418,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="40.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="37.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">